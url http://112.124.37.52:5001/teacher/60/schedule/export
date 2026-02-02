--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" /><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" /><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
-    <sheet name="吳老師Adrian(英文)的课表" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="吳振霖(英文)的课表" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <sz val="16"/>
     </font>
     <font>
       <sz val="12"/>
     </font>
     <font>
@@ -475,58 +475,58 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="15"/>
     <col customWidth="1" max="2" min="2" width="20"/>
     <col customWidth="1" max="3" min="3" width="20"/>
     <col customWidth="1" max="4" min="4" width="20"/>
     <col customWidth="1" max="5" min="5" width="20"/>
     <col customWidth="1" max="6" min="6" width="20"/>
     <col customWidth="1" max="7" min="7" width="20"/>
     <col customWidth="1" max="8" min="8" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>吳老師Adrian(英文)老师课程表</t>
+          <t>吳振霖(英文)老师课程表</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>日期: 2025年12月15日 - 2025年12月21日</t>
+          <t>日期: 2026年02月02日 - 2026年02月08日</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>时间段</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>星期一</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>星期二</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>星期三</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">