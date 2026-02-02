--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -34,106 +34,97 @@
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <sz val="16"/>
     </font>
     <font>
       <sz val="12"/>
     </font>
     <font>
       <b val="1"/>
     </font>
     <font>
       <b val="1"/>
       <sz val="14"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="00D3D3D3"/>
         <bgColor rgb="00D3D3D3"/>
-      </patternFill>
-[...4 lines deleted...]
-        <bgColor rgb="00E6F3FF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="7">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf applyAlignment="1" borderId="0" fillId="0" fontId="1" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf applyAlignment="1" borderId="0" fillId="0" fontId="2" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf applyAlignment="1" borderId="1" fillId="2" fontId="3" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf applyAlignment="1" borderId="1" fillId="0" fontId="3" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf applyAlignment="1" borderId="1" fillId="0" fontId="0" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf applyAlignment="1" borderId="1" fillId="3" fontId="0" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf applyAlignment="1" borderId="0" fillId="0" fontId="4" numFmtId="0" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" hidden="0" name="Normal" xfId="0"/>
   </cellStyles>
   <tableStyles count="0" defaultPivotStyle="PivotStyleLight16" defaultTableStyle="TableStyleMedium9"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -463,79 +454,79 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H42"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="15"/>
     <col customWidth="1" max="2" min="2" width="20"/>
     <col customWidth="1" max="3" min="3" width="20"/>
     <col customWidth="1" max="4" min="4" width="20"/>
     <col customWidth="1" max="5" min="5" width="20"/>
     <col customWidth="1" max="6" min="6" width="20"/>
     <col customWidth="1" max="7" min="7" width="20"/>
     <col customWidth="1" max="8" min="8" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>余曦（中文）老师课程表</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>日期: 2025年12月15日 - 2025年12月21日</t>
+          <t>日期: 2026年02月02日 - 2026年02月08日</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>时间段</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>星期一</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>星期二</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>星期三</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
@@ -740,121 +731,93 @@
       <c r="F17" s="5" t="inlineStr"/>
       <c r="G17" s="5" t="inlineStr"/>
       <c r="H17" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>13:30-14:00</t>
         </is>
       </c>
       <c r="B18" s="5" t="inlineStr"/>
       <c r="C18" s="5" t="inlineStr"/>
       <c r="D18" s="5" t="inlineStr"/>
       <c r="E18" s="5" t="inlineStr"/>
       <c r="F18" s="5" t="inlineStr"/>
       <c r="G18" s="5" t="inlineStr"/>
       <c r="H18" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
           <t>14:00-14:30</t>
         </is>
       </c>
       <c r="B19" s="5" t="inlineStr"/>
-      <c r="C19" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="C19" s="5" t="inlineStr"/>
       <c r="D19" s="5" t="inlineStr"/>
       <c r="E19" s="5" t="inlineStr"/>
       <c r="F19" s="5" t="inlineStr"/>
       <c r="G19" s="5" t="inlineStr"/>
       <c r="H19" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
           <t>14:30-15:00</t>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr"/>
-      <c r="C20" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="C20" s="5" t="inlineStr"/>
       <c r="D20" s="5" t="inlineStr"/>
       <c r="E20" s="5" t="inlineStr"/>
       <c r="F20" s="5" t="inlineStr"/>
       <c r="G20" s="5" t="inlineStr"/>
       <c r="H20" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
           <t>15:00-15:30</t>
         </is>
       </c>
       <c r="B21" s="5" t="inlineStr"/>
-      <c r="C21" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="C21" s="5" t="inlineStr"/>
       <c r="D21" s="5" t="inlineStr"/>
       <c r="E21" s="5" t="inlineStr"/>
       <c r="F21" s="5" t="inlineStr"/>
       <c r="G21" s="5" t="inlineStr"/>
       <c r="H21" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
           <t>15:30-16:00</t>
         </is>
       </c>
       <c r="B22" s="5" t="inlineStr"/>
-      <c r="C22" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="C22" s="5" t="inlineStr"/>
       <c r="D22" s="5" t="inlineStr"/>
       <c r="E22" s="5" t="inlineStr"/>
       <c r="F22" s="5" t="inlineStr"/>
       <c r="G22" s="5" t="inlineStr"/>
       <c r="H22" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
           <t>16:00-16:30</t>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr"/>
       <c r="C23" s="5" t="inlineStr"/>
       <c r="D23" s="5" t="inlineStr"/>
       <c r="E23" s="5" t="inlineStr"/>
       <c r="F23" s="5" t="inlineStr"/>
       <c r="G23" s="5" t="inlineStr"/>
       <c r="H23" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
           <t>16:30-17:00</t>
         </is>
@@ -868,206 +831,164 @@
       <c r="H24" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
           <t>17:00-17:30</t>
         </is>
       </c>
       <c r="B25" s="5" t="inlineStr"/>
       <c r="C25" s="5" t="inlineStr"/>
       <c r="D25" s="5" t="inlineStr"/>
       <c r="E25" s="5" t="inlineStr"/>
       <c r="F25" s="5" t="inlineStr"/>
       <c r="G25" s="5" t="inlineStr"/>
       <c r="H25" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
           <t>17:30-18:00</t>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr"/>
       <c r="C26" s="5" t="inlineStr"/>
       <c r="D26" s="5" t="inlineStr"/>
-      <c r="E26" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="E26" s="5" t="inlineStr"/>
       <c r="F26" s="5" t="inlineStr"/>
       <c r="G26" s="5" t="inlineStr"/>
       <c r="H26" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>18:00-18:30</t>
         </is>
       </c>
       <c r="B27" s="5" t="inlineStr"/>
       <c r="C27" s="5" t="inlineStr"/>
       <c r="D27" s="5" t="inlineStr"/>
-      <c r="E27" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="E27" s="5" t="inlineStr"/>
       <c r="F27" s="5" t="inlineStr"/>
       <c r="G27" s="5" t="inlineStr"/>
       <c r="H27" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
           <t>18:30-19:00</t>
         </is>
       </c>
       <c r="B28" s="5" t="inlineStr"/>
       <c r="C28" s="5" t="inlineStr"/>
       <c r="D28" s="5" t="inlineStr"/>
-      <c r="E28" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="E28" s="5" t="inlineStr"/>
       <c r="F28" s="5" t="inlineStr"/>
       <c r="G28" s="5" t="inlineStr"/>
       <c r="H28" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
           <t>19:00-19:30</t>
         </is>
       </c>
       <c r="B29" s="5" t="inlineStr"/>
       <c r="C29" s="5" t="inlineStr"/>
       <c r="D29" s="5" t="inlineStr"/>
-      <c r="E29" s="6" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="E29" s="5" t="inlineStr"/>
       <c r="F29" s="5" t="inlineStr"/>
       <c r="G29" s="5" t="inlineStr"/>
       <c r="H29" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
           <t>19:30-20:00</t>
         </is>
       </c>
       <c r="B30" s="5" t="inlineStr"/>
       <c r="C30" s="5" t="inlineStr"/>
       <c r="D30" s="5" t="inlineStr"/>
       <c r="E30" s="5" t="inlineStr"/>
       <c r="F30" s="5" t="inlineStr"/>
       <c r="G30" s="5" t="inlineStr"/>
       <c r="H30" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
           <t>20:00-20:30</t>
         </is>
       </c>
       <c r="B31" s="5" t="inlineStr"/>
       <c r="C31" s="5" t="inlineStr"/>
       <c r="D31" s="5" t="inlineStr"/>
       <c r="E31" s="5" t="inlineStr"/>
       <c r="F31" s="5" t="inlineStr"/>
       <c r="G31" s="5" t="inlineStr"/>
       <c r="H31" s="5" t="inlineStr"/>
     </row>
     <row customHeight="1" ht="40" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
           <t>20:30-21:00</t>
         </is>
       </c>
       <c r="B32" s="5" t="inlineStr"/>
       <c r="C32" s="5" t="inlineStr"/>
       <c r="D32" s="5" t="inlineStr"/>
       <c r="E32" s="5" t="inlineStr"/>
       <c r="F32" s="5" t="inlineStr"/>
       <c r="G32" s="5" t="inlineStr"/>
       <c r="H32" s="5" t="inlineStr"/>
     </row>
     <row r="35">
-      <c r="A35" s="7" t="inlineStr">
+      <c r="A35" s="6" t="inlineStr">
         <is>
           <t>课程统计</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>总课程数: 2</t>
+          <t>总课程数: 0</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>总学时: 4.0小时</t>
+          <t>总学时: 0.0小时</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>科目分布:</t>
-        </is>
-[...12 lines deleted...]
-          <t xml:space="preserve">  中文: 1节课</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A35:H35"/>
   </mergeCells>
   <pageMargins bottom="1" footer="0.5" header="0.5" left="0.75" right="0.75" top="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>