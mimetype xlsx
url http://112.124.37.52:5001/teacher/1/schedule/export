--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -482,51 +482,51 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col customWidth="1" max="1" min="1" width="15"/>
     <col customWidth="1" max="2" min="2" width="20"/>
     <col customWidth="1" max="3" min="3" width="20"/>
     <col customWidth="1" max="4" min="4" width="20"/>
     <col customWidth="1" max="5" min="5" width="20"/>
     <col customWidth="1" max="6" min="6" width="20"/>
     <col customWidth="1" max="7" min="7" width="20"/>
     <col customWidth="1" max="8" min="8" width="20"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>张老师老师课程表</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>日期: 2025年12月15日 - 2025年12月21日</t>
+          <t>日期: 2026年02月02日 - 2026年02月08日</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>时间段</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>星期一</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>星期二</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>星期三</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">